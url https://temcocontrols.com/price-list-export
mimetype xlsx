--- v4 (2026-02-16)
+++ v5 (2026-03-08)
@@ -1193,51 +1193,51 @@
   <si>
     <t>Indoor cable-type Current Transformer, diameter 21mm,200A in, 330mV AC output,1m Cable, Accuracy 1%</t>
   </si>
   <si>
     <t>CCT-S50-100A-330mV</t>
   </si>
   <si>
     <t>Indoor cable-type Current Transformer, diameter 50mm,100A in, 330mV AC output, 2m Cable , Accuracy 1%</t>
   </si>
   <si>
     <t>CS-DO-50A-DC</t>
   </si>
   <si>
     <t>0.11 kg</t>
   </si>
   <si>
     <t>Non clamping current sensor, AC input, range 10A, 20A, 50A jumper select, 0-5VDC out.</t>
   </si>
   <si>
     <t>Temperature Sensors</t>
   </si>
   <si>
     <t>RTS2-N-LCD</t>
   </si>
   <si>
-    <t>Bacnet Room Setpoint &amp; Temp Display can be used in environment monitoring and controlling in industrial,commercial and other buildings,Modbus RS485/Bacnet MS/TP for direct digital reading on all models.</t>
+    <t>The BACnet Room Setpoint &amp; Temperature Display is developed for use in industrial, commercial, and smart building environments where reliable environmental monitoring is required. Real-time temperature values and room setpoints are displayed through BACnet MS/TP or Modbus RS485 communication protocols. Integration with building automation systems (BAS) and HVAC controllers is enabled through standardized communication support.</t>
   </si>
   <si>
     <t>AVG-8-7</t>
   </si>
   <si>
     <t>Averaging temperature sensors,  2.5m(8ft) cable length,10k type 2 thermistor.</t>
   </si>
   <si>
     <t>AVG-12-7</t>
   </si>
   <si>
     <t>Averaging temperature sensors,  3.7m(12ft) cable length,10k type 2 thermistor.</t>
   </si>
   <si>
     <t>AVG-24-7</t>
   </si>
   <si>
     <t>Averaging temperature sensors,  7.3m(24ft) cable length,10k type 2 thermistor.</t>
   </si>
   <si>
     <t>AVG-48-7</t>
   </si>
   <si>
     <t>Averaging temperature sensors,  15m(48ft) cable length,10k type 2 thermistor.</t>
   </si>
@@ -4300,51 +4300,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-108x901.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN-82x902.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x903.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Electrical-box-web-90x904.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x905.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9_OCC--scaled_1413921_3230079-90x906.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web_4818245_2742818-75x907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-WEB_5708222-81x908.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-NL-1-83x909.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-NL-1_5964988_3613604-83x9010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03_6382531-79x9011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8Black-65x9013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x9014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-H-OCC-1-71x9015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-2-67x9016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-Occ-3-72x9017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-67x9018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL13-57-100-277V-DIM-D-115x9019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_7237905-120x9020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-896S_4821764-108x9021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture5-1_2622729-108x9022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture4_3873602-120x8123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture6-1_2412552-116x9024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-W-1_3303380_4346172-117x9025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DS100-Wed_6736545-120x8426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/USB-RS485-web1-1-1_5379628-90x9027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano_6547940-108x9028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN_3339409-82x9029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEMNL_5155188-70x9030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEM-W_5524004-70x9031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-4_3395302_7715041-66x9032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-4_1521161-66x9033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-1k-PTWeb-83x9034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-120x8036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-11i-94x9037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-83x9047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-12-doc_4605323-98x9048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-6CT-web-1_9467796-101x9049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-32i-94x9050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-8O-W-Web-96x9051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-web-93x9052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-w-93x9053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8o-96x9054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/YF-S201C_7392434-84x9055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/swfm-1-120x8856.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/swfm-1_3083732_4842332-120x8857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-SP-50A-DC-115x9058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC-101x9059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web_9629748_9992587-70x9060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC_1244265_9299688-101x9061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web_9629748_9992587-70x9062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5-94x9063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME237-Web-93x9064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5-94x9065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND-95x9066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-420x263-1_5337041_9999543-120x7568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-80-1_5020939_4418003-120x8369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-100-1_6604496_8893817-120x8370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRC-36-Web_5534453_5825163-109x9071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME231_3922319_2715589-91x9072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND_5026340_4633007-95x9073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-Web_2454045_3572256-120x6574.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7575.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS_6937256_8287066-120x7576.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300_7589127_1331192-90x9077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300_7589127_1331192-90x9078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300_7589127_1331192-90x9079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Current-Transformer_1357575-70x9080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-100-1-120x6981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-150-120x5882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-200-120x5883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-300-1-120x5584.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1000-120x2785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WFS_9987625_7608973-120x5586.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-76x9087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-1-76x9088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-1_5580721_5100242-76x9089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1_6755976-50x9090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt400-420x208-1-120x5991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt400-420x208-1_4585288_6830144-120x5992.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300-420x208-1_3817492_6792604-120x5993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt1000_1970322_1801365-120x6494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pitot-Kits_1889430_9350662-120x4395.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300_8305355_5247370-120x5996.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt250_8489550_9832417-120x5997.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt200_5781504_7553826-120x5998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt150_1359723_5339587-120x5899.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN20-6-120x90100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT206-2.5_8674618_1823365-87x90101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206-90x90102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206_8134098_8296169-90x90103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206_8093802-90x90104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400_6603183-66x90105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-7_1212947_9744155-120x78106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-7_9543108-120x78107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT_3598863-120x74108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400_6603183-66x90109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch_7247572-97x90110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories-120x72111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch_7247572-97x90112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-0-0-NL-1_5694422-117x90113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories_2799368_1890716-120x72114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-1-2_8669816-112x90115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-12-112x90116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-rotated_4143491-44x90117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV_7877502-120x86118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1_2590822_1027292-87x90119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web_8909566-107x90120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS2-N-LCD-1_9695143-81x90121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-118x90122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-rotated_8588571_5502814_8653858-118x90123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-rotated_1592300-118x90124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3_5067189-104x90125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1_9302758_9570324-120x84126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1_9376671-120x84127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1-120x84128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1_2087014_9767840-120x84130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1_3871260-120x84131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3-1_8472832_3921151_9859426-104x90133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-2_5811104-104x90134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-3_4473041-104x90135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-4_6328271-104x90136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-5_7662928-104x90137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-6_4971678-104x90138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-27-11-08-28_9472824-52x90140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-2_2091625-86x90141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-24-15-04-42_9092750-84x90142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-B-150_5599779-63x90143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-TH-WEB_7429970-58x90144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-100_3119583-82x90145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-150_6471994-73x90146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-T-100web_9300706-85x90147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OMS-2_6936037-120x52148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-420x940-1_2161524-40x90149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PlasticFlange_5298469-120x79150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead-50x90151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whole-scaled_7252446-120x86152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts_5423167_3924569-70x90154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1_Web_1122029-72x90155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12-120x44156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12_4366902_5443544-120x44158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/outdoor-sensor-front-2-e1497407636914-47x90159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO_Web_6295922-71x90160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2_4173687_9765963-40x90162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_7745877-120x90163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sensor_6926990-120x88164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTD2-Web_9901454-72x90165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OATp-97x90166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OATp_8942202_3647894-97x90167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1_6951866-120x80168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1_2147509-120x80169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1_6951866-120x80170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-insert_4_Rev1_2726540-120x80171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT1000New_7288278-120x71172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT1000New-120x71173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1854_4850058_4317969-120x90174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT-Sensor-1_7575424_1759890-91x90175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB_pic2-1_5564761-120x74176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-80-7-3_6542067-41x90177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-1_9728298-69x90179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366_5824632_6233242-39x90181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead_5552241_2624364-50x90182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-bead_3987755-56x90184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-120_3811726-68x90185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Raw-1_9893929-73x90186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1_2317467-61x90188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2017-7-14-15-22-48_9316733-79x90189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1_2317467-61x90190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5_9586990-120x48191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB-4-8-7-_4554789-120x41192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5_9586990-120x48193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picure-120x77194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picure_6785927_7819427_2080348-120x77195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-2-40x90197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-E-12-7_Web-56x90199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193_9177063_8501840-120x77202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193_4089451-120x77203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm_7433969-120x77204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL-B-8-N-120x63205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2-120x84206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6-120x62209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s2-120x74210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Ab4-120x62213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/As4-120x45214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-WP-40-M-S1-7-120x53217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-P-118x90218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-M-120x68220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-6_Web-56x90227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web-52x90228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web-120x76231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web-120x88232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web-62x90234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web-85x90235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web-52x90237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web-85x90239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web-62x90240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web-120x88242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web-120x76243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Occupancy-Light-Switch-Web_4316856-60x90244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Occupancy-Light-Switch-Web-60x90245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3_3697255-53x90246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6_9124119-89x90247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3_9042069-53x90248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3_1786935-53x90249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6-89x90250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-3S_6037954-108x90251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-NL_4125225_8267132-79x90252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-POEWeb-420x436-1_3489349_6625398-87x90253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-POEWeb-420x438-1_4866085_3456784-86x90254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1_8147171_5177447255.png"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-POE-Web-420x349-1_6265353_1159644-108x90256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N_7068099_5821448257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N-LCD1_8558529_2283310258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-Web_5097547_2941808-86x90259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-Web_7312392_7991611-87x90260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-Web_7064277_8017106-108x90261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-DM-57x90262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-DM_2764282_6750516_1421720-57x90263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH_3973197-114x90264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web_5029163-76x90265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2_8215711_8279834-91x90266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web_4789002_8807468-51x90267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_3091347-108x90268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_4406168-81x90269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WS-1-D-Web_5517450-99x90270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-2-85x90271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03-79x90272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N_4003967_8180508-94x90273.png"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Air-Quality-web_2411906_4043219-81x90274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-2-scaled_6428066-120x77275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-W_3823459_3468221-117x90277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1_2076978_2354992-120x77279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1_8408832-120x77280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-420x229-1-120x65281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-420x229-1_5902955_3575706-120x65282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13-80x90283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8_7057190-71x90284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N-web_1172609-88x90285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-TH_7021481_6649997-120x70286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-N-LCD-1_3212141_2440520-86x90287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2_3653224_4158208-120x65288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13_7983785_9742997-80x90289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-W-X-1_7758364_8270546-113x90290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XKC-Y26-NPC-120x57291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XKC-Y26-NPC_5641662_4011773-120x57292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_5720569-120x57293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_5720569-120x57294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_5720569-120x57295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TankSensor-web-68x90296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TankSensor-web_2165936_9335970-68x90297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/float-image_web_6854180-77x90298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH_3973197-114x90299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web_5029163-76x90300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2_8215711_8279834-91x90301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web_4789002_8807468-51x90302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_3091347-108x90303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-rotated_4143491-44x90304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV_7877502-120x86305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1_2590822_1027292-87x90306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web_8909566-107x90307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TstatCovers_1_400_4593182_4159120-102x90308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TtsatCover_5_400_6686400_4894716-120x83309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E-OCC_4047542-73x90310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E-74x90311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E_7626647_2544309-74x90312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10_1234588-71x90313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10_1234588-71x90314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-9_7467972-65x90315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat4-4-84x90316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/W-S-6_1952673-120x85317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-S-6_4078394-120x60318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB_9680615-94x90319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BT_4393399-115x90320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TL_1506551-120x90321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL_7777326-95x90322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PB_2792572_1961081-120x74323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MG_9659867-109x90324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1_2537690-120x53325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FlushMountSensor_2804123-120x47326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M-1_3142755_2773952-117x90327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M_1502710_1666714-120x60328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-W1-S_1618140_6183223-120x39329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Hm-d1-s_5861176_8556435-120x36330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT_4456652-58x90331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-22iBlank_7371488-88x90332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-22iBlank-88x90333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-90x90334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-98x90335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-81x90336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-105x90337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3898911_5357512-98x90338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1-84x90339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1_1170129_7546340-105x90340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS_9003064_3121905-90x90341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9_8754605_8482167-81x90342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1_7226789_1635949-84x90343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_5135520-82x90344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4-1-74x90345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8-54x90346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/label-420x512-1-74x90347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB_LAB_web-116x90348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-74x90349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-Label-6-47x90350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-70x90351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-Nano-ENC_3345379-81x90352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-51x90353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-Tstat9_2712756-76x90354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-OAT_2890020-117x90355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-108x90356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC_HUM2web_3560898-120x64357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-ENC_7368964-66x90358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-86x90359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t8-72x90360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2018-10-24-10-09-29_1617894-85x90361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-AQ-1_6002241-92x90362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-DTS_5804966-90x90363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hum_web_8046262_4168437-118x90364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-2_2250780_3601113-120x90365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_8106823-120x80366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-5-92x90367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DPC_5_300_5231701-89x90368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-1_9866878-112x90369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF-118x90370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2-116x90371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF_5962820_2283444-118x90372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2_6053551_1221168-116x90373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA_5432486-77x90374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/heat-sink_1082070-87x90375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA_5432486-77x90376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HS-40A_6876182-97x90377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-96x90378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_6850992_4148047-96x90379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_1357490-96x90380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Bottom-12-90x90381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Bottom-12_1836814_2721979-90x90382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_1-SN-AC110pic_9489908-94x90383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic_7101479-94x90384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1-81x90385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1_1415467_5610323-81x90387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1_8305458-81x90388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic_9986019_8902068-94x90389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/my2n-e1486711960310-1_5769119-57x90390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-24VAC-web_6772067-96x90391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8NC-1_9362540-78x90392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-1_3576441-102x90393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300-73x90394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4_0_300_7149343_3298478-103x90395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4_0_300_7276161-103x90396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300_9590073_1457683-73x90397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MR_new_4570462-84x90398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LCR_25A_400_4617094-102x90399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Actuator-web-120x83400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SRT061-024-web_4751163-120x83401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-with-Actuator-web_3997133_7514360-120x70403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10Zons-2_9149939-114x90404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones-116x90405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web-114x90407.png"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold_7558178_8954529-114x90409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones_6499500_8159212-116x90410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1-120x88411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1_8463754_2229670-120x88412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1_3473097-120x88413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web_6356380_8970843-114x90414.png"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN150-70x90415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN65-DN100-1-54x90416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vm_web-99x90425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SBA03-024E-2_6569081-100x90426.png"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-SBA04-024_1752098-120x88427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-SBA04-024_4659600-120x88428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_4589880_9814127-66x90429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Web_1940632_2273108-120x65430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TSB_1_web-120x83431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PA-12V_2533317_4120155-100x90432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/push-button-switch_1_6078439-96x90433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11GIP65_6141161-98x90434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11X21IP65_6887921-93x90435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_1_3733087-103x90436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_2_3331583-100x90437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Strobe_1_400_6112292-87x90438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKA-3.81-3P-80x90446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDVV-3.81-3P-90x90447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-102x90448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKC-3.81-10P-120x55449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-08P-14-120x78450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-02P-120x85451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-02P-14-94x90452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-04P-14-120x81453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-06P-14-120x74454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-10P-14-120x56455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGVC-5.08-02P-14-92x90457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DM_new-web-2_4050232-120x75459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DM_new-web-2_6525719-120x75460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-420x242-1-120x69461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo-103x90462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo2-web-1-112x90463.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano_7377718-108x901.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN_3522657_8453942-82x902.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x903.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Electrical-box-web_1323621-90x904.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web-75x905.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9_OCC--scaled_3280179_4406564-90x906.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-web_4786733_5019597-75x907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-WEB_5708222-81x908.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-NL-1-83x909.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10-NL-1_5964988_3613604-83x9010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03_6382531-79x9011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8Black-65x9013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-71x9014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8-H-OCC-1-71x9015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-2-67x9016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-Occ-3-72x9017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat7-web-67x9018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL13-57-100-277V-DIM-D-115x9019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_7237905-120x9020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-896S_4821764-108x9021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture5-1_2622729-108x9022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture4_3873602-120x8123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture6-1_2412552-116x9024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PC-W-1_3303380_4346172-117x9025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DS100-Wed_6736545-120x8426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/USB-RS485-web1-1-1_5379628-90x9027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano_7715973-108x9028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-Nano-DIN-82x9029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEMNL_5155188-70x9030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-OEM-W_5524004-70x9031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-4_3395302_7715041-66x9032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-4_1521161-66x9033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-1k-PTWeb-83x9034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-120x8036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-11i-94x9037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Zigbee-Web-97x9041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-WebFaceRev0-64x9043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Zigb-Web-71x9044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-W-WebRev0-62x9045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-Web-97x9046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-83x9047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-12-doc_2903517_3516395-98x9048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-6CT-web-1_9467796-101x9049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-32i-94x9050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-8O-W-Web-96x9051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-web-93x9052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3_22i-w-93x9053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8o-96x9054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/YF-S201C_7392434-84x9055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/swfm-1-120x8856.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/swfm-1_3083732_4842332-120x8857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-SP-50A-DC-115x9058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC-101x9059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web_9629748_9992587-70x9060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SPM2-100-AC_1244265_9299688-101x9061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/right-web_9629748_9992587-70x9062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5-94x9063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME237-Web_2842450_2449443-93x9064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pocture5_5936027_7106960-94x9065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND-95x9066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-420x263-1_5337041_9999543-120x7568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-80-1_5020939_4418003-120x8369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/NRC-100-1_6604496_8893817-120x8370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRC-36-Web_5534453_5825163-109x9071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME231_3922319_2715589-91x9072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337ND_5026340_4633007-95x9073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-Web_2454045_3572256-120x6574.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS-120x7575.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ME337-3CTS_6937256_8287066-120x7576.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300_7589127_1331192-90x9077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300_7589127_1331192-90x9078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cs-sp-330mV-pic_300_7589127_1331192-90x9079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Current-Transformer_1357575-70x9080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-100-1-120x6981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-150-120x5882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-200-120x5883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-300-1-120x5584.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1000-120x2785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WFS_9987625_7608973-120x5586.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-76x9087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-1-76x9088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FL_I-1_5580721_5100242-76x9089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFS-1_6755976-50x9090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt400-420x208-1-120x5991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt400-420x208-1_4585288_6830144-120x5992.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300-420x208-1_3817492_6792604-120x5993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt1000_1970322_1801365-120x6494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Pitot-Kits_1889430_9350662-120x4395.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt300_8305355_5247370-120x5996.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt250_8489550_9832417-120x5997.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt200_5781504_7553826-120x5998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt150_1359723_5339587-120x5899.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN20-6-120x90100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT206-2.5_8674618_1823365-87x90101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206-90x90102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206_8134098_8296169-90x90103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LNT-206_8093802-90x90104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400_6603183-66x90105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-7_1212947_9744155-120x78106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-7_9543108-120x78107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT_3598863-120x74108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pt_pic_400_6603183-66x90109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch_7247572-97x90110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories-120x72111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psn_switch_7247572-97x90112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-0-0-NL-1_5694422-117x90113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Acdessories_2799368_1890716-120x72114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/picture-1-2_8669816-112x90115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-12-112x90116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-rotated_4143491-44x90117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV_7877502-120x86118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1_2590822_1027292-87x90119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web_8909566-107x90120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS2-N-LCD-1_8794147_8958507-81x90121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-118x90122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-rotated_8588571_5502814_8653858-118x90123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ATS-1-1-rotated_1592300-118x90124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3_5067189-104x90125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1_9302758_9570324-120x84126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1_9376671-120x84127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-420x293-1-120x84128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1_2087014_9767840-120x84130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1_3871260-120x84131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture3-1_8472832_3921151_9859426-104x90133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-2_5811104-104x90134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-3_4473041-104x90135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-4_6328271-104x90136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-5_7662928-104x90137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Clip-6_4971678-104x90138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClipOnTemperatureSensorPicture-1-120x84139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-27-11-08-28_9472824-52x90140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-2_2091625-86x90141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2025-10-24-15-04-42_9092750-84x90142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-B-150_5599779-63x90143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-TH-WEB_7429970-58x90144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-100_3119583-82x90145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-WTS-S-150_6471994-73x90146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-T-100web_9300706-85x90147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OMS-2_6936037-120x52148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-420x940-1_2161524-40x90149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PlasticFlange_5298469-120x79150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead-50x90151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whole-scaled_7252446-120x86152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts_5423167_3924569-70x90154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1_Web_1122029-72x90155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12-120x44156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS12_4366902_5443544-120x44158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/outdoor-sensor-front-2-e1497407636914-47x90159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO_Web_6295922-71x90160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193-120x77161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2_4173687_9765963-40x90162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_7745877-120x90163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sensor_6926990-120x88164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTD2-Web_9901454-72x90165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OATp-97x90166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OATp_8942202_3647894-97x90167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1_6951866-120x80168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1_2147509-120x80169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-_2_Rev1_6951866-120x80170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/strap-on-insert_4_Rev1_2726540-120x80171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT1000New_6714269-120x71172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT1000New-120x71173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1854_2385201_1689651-120x90174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PT-Sensor-1_9330091_2523633-91x90175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB_pic2-1_5564761-120x74176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-80-7-3_6542067-41x90177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-1_9728298-69x90179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366-39x90180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-3-157x366_5824632_6233242-39x90181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Bead_5552241_2624364-50x90182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-bead_3987755-56x90184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-120_3811726-68x90185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-Raw-1_9893929-73x90186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rts-70x90187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1_2317467-61x90188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2017-7-14-15-22-48_9316733-79x90189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS1-Series_Rev1-1_2317467-61x90190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5_9586990-120x48191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRB-4-8-7-_4554789-120x41192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-0.6SSP-10K-7405-5_9586990-120x48193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picure-120x77194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picure_6785927_7819427_2080348-120x77195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-2-40x90197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-E-12-7_Web-56x90199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_3-2-40x90201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193_9177063_8501840-120x77202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm-300x193_4089451-120x77203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-FLsm_7433969-120x77204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL-B-8-N-120x63205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2-120x84206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6-120x62209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s2-120x74210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s4-1-120x87211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Ab4-120x62213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/As4-120x45214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4-1-120x66215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/S6-120x65216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-WP-40-M-S1-7-120x53217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-P-118x90218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-M-120x68220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS5-118x90221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-2_Web-72x90226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-6_Web-56x90227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web-52x90228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-6-120x58229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web-120x76231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web-120x88232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web-62x90234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web-85x90235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web-72x90236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-6_Web_8861022_5605174-52x90237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-M1-4_Web_2723766_2317591-72x90238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-2_Web_1222184_2997210-85x90239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-MO-4_Web_2762975_2967580-62x90240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web-65x90241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-WP_Web_7588686_8619997-65x90242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-2_Web_8751127_9886390-120x88243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WTS-P-4_Web_4639458_8828323-120x76244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Occupancy-Light-Switch-Web_4316856-60x90245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Occupancy-Light-Switch-Web-60x90246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3_3697255-53x90247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6_9124119-89x90248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3_9042069-53x90249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-3_1786935-53x90250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LS-818-6-89x90251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-3S_1493019_5396884-108x90252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-NL_4125225_8267132-79x90253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-POEWeb-420x436-1_3489349_6625398-87x90254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-POEWeb-420x438-1_4866085_3456784-86x90255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1_8147171_5177447256.png"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-POE-Web-420x349-1_6265353_1159644-108x90257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N_7068099_5821448258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-N-LCD1_8558529_2283310259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-C1-Web_5097547_2941808-86x90260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-W1-Web_7312392_7991611-87x90261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HUM-D1-Web_7064277_8017106-108x90262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-DM-57x90263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-DM_2764282_6750516_1421720-57x90264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH_3973197-114x90265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web_5029163-76x90266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2_8215711_8279834-91x90267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web_4789002_8807468-51x90268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_3091347-108x90269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_4406168-81x90270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WS-1-D-Web_5517450-99x90271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AirLab-2-85x90272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2026-1-5-15-03-03-79x90273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N_4003967_8180508-94x90274.png"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Air-Quality-web_2411906_4043219-81x90275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-2-scaled_6428066-120x77276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-W_3823459_3468221-117x90278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1-120x77279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1_2076978_2354992-120x77280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PM2.5-D-1_8408832-120x77281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-420x229-1-120x65282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2-420x229-1_7319122_2447065-120x65283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13-80x90284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat8_9080501_4174754-71x90285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AQ-N-web_3704786_8742651-88x90286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-TH_4312974_7413667-120x70287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-N-LCD-1_5676649_2741965-86x90288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-D-X-2_3653974_6779924-120x65289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-13_3062750_7880931-80x90290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CO2-W-X-1_1903013_5352063-113x90291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XKC-Y26-NPC-120x57292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XKC-Y26-NPC_3604645_9959098-120x57293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_4034451_9529824-120x57294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_4034451_9529824-120x57295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_4034451_9529824-120x57296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TankSensor-web-68x90297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TankSensor-web_2165936_9335970-68x90298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/float-image_web_6854180-77x90299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT-TH_3973197-114x90300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-W1-Web_5029163-76x90301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-C-WEB-2_8215711_8279834-91x90302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-D-Web_4789002_8807468-51x90303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_3091347-108x90304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S24-200A-330mV-Web-1-rotated_4143491-44x90305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCT-S21-200A-330mV_7877502-120x86306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ClampCurrentTransformer-1_2590822_1027292-87x90307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CS-Web_8909566-107x90308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TstatCovers_1_400_4593182_4159120-102x90309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TtsatCover_5_400_6686400_4894716-120x83310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E-OCC_6970220_2702471-73x90311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E-74x90312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat10E_3982981_7092861-74x90313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10_1234588-71x90314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-10_1234588-71x90315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-9_7467972-65x90316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat4-4-84x90317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/W-S-6_7054302_4904767-120x85318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TS-S-6_5818949_9560179-120x60319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB_8103673_6237992-94x90320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BT_5897481_1616548-115x90321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TL_3404514_7263530-120x90322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/WL_7722524_8845732-95x90323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PB_5174464_7461723-120x74324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MG_9412130_3690460-109x90325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1_1937107_8130976-120x53326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FlushMountSensor_7808028-120x47327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M-1_1095987_1001212-117x90328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-C1-2M_2646827_3818745-120x60329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-W1-S_7828969_7279962-120x39330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Hm-d1-s_8235308_8489727-120x36331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/XDUCER-OUT_2728583_6356965-58x90332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-22iBlank_6967206-88x90333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3E-22iBlank-88x90334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS-90x90335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS-98x90336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9-81x90337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1-105x90338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DTS_6047849_4349231-98x90339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1-84x90340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-1_6062567_2441302-105x90341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS_7652751_4746177-90x90342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Tstat9_6300276_4337025-81x90343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Honeywell-1_3340316_3396338-84x90344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_5135520-82x90345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4-1-74x90346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8-54x90347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/label-420x512-1-74x90348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB_LAB_web-116x90349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-Web-74x90350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-Label-6-47x90351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PS-70x90352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-Nano-ENC_3345379-81x90353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RTS3-E-51x90354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-Tstat9_2712756-76x90355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-OAT_2890020-117x90356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-TB-108x90357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC_HUM2web_3560898-120x64358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-BB-ENC_7368964-66x90359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/T3-LB-86x90360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t8-72x90361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2018-10-24-10-09-29_1617894-85x90362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-AQ-1_6002241-92x90363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ENC-DTS_5804966-90x90364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hum_web_8046262_4168437-118x90365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HM-2_5567694_6971423-120x90366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_2656675_1686988-120x80367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-5-92x90368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DPC_5_300_5231701-89x90369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-1_9866878-112x90370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF-118x90371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2-116x90372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RB-XF_5962820_2283444-118x90373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-2_6053551_1221168-116x90374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA_5432486-77x90375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/heat-sink_1082070-87x90376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LRSSR-DA_5432486-77x90377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HS-40A_6876182-97x90378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-96x90379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_6850992_4148047-96x90380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1_1357490-96x90381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Bottom-12-90x90382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Bottom-12_1836814_2721979-90x90383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_1-SN-AC110pic_9489908-94x90384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic_7101479-94x90385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1-81x90386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic-94x90387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1_1415467_5610323-81x90388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R-N-1_8305458-81x90389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/G2R_pic_9986019_8902068-94x90390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/my2n-e1486711960310-1_5769119-57x90391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-24VAC-web_6772067-96x90392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-8NC-1_9362540-78x90393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB-4NC-1_3576441-102x90394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300-73x90395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4_0_300_7149343_3298478-103x90396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB4_0_300_7276161-103x90397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MRB8_0_300_9590073_1457683-73x90398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MR_new_4570462-84x90399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LCR_25A_400_4617094-102x90400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Actuator-web-120x83401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SRT061-024-web_1689395_7456966-120x83402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-with-Actuator-web_6829481_5556594-120x70404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10Zons-2_9724087_6363943-114x90405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones-116x90406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web-114x90408.png"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold-114x90409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Manifold_3326134_3518176-114x90410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-Zones_5711222_5317728-116x90411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1-120x88412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1_5208476_7265113-120x88413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ManifoldWHITE6Act-1_9609614-120x88414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-Zones-web_8110709_9470517-114x90415.png"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN150-70x90416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN65-DN100-1-54x90417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN1225-60x90424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DN3250-64x90425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vm_web-99x90426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SBA03-024E-2_6569081-100x90427.png"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-SBA04-024_1752098-120x88428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture-1-SBA04-024_4659600-120x88429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Picture_4589880_9814127-66x90430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Web_1940632_2273108-120x65431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TSB_1_web-120x83432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PA-12V_2533317_4120155-100x90433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/push-button-switch_1_6078439-96x90434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11GIP65_6141161-98x90435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/HPB5-11X21IP65_6887921-93x90436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_1_3733087-103x90437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/psb_2_3331583-100x90438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Strobe_1_400_6112292-87x90439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGLC-3.81-3P-93x90445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-1-102x90446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKA-3.81-3P-80x90447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDVV-3.81-3P-90x90448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-3P-14-102x90449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGKC-3.81-10P-120x55450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-08P-14-120x78451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGK-5.08-02P-120x85452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-02P-14-94x90453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-04P-14-120x81454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-06P-14-120x74455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15EDGK-3.81-10P-14-120x56456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDGVC-5.08-02P-14-92x90458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DegsonConnectors-90x90459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DM_new-web-2_4050232-120x75460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DM_new-web-2_6525719-120x75461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-420x242-1-120x69462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo-103x90463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/damper_nologo2-web-1-112x90464.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -11539,6693 +11539,6723 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>317</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="242" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <xdr:cNvPr id="243" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>318</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="723900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="243" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <xdr:cNvPr id="244" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>319</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="244" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <xdr:cNvPr id="245" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>320</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="245" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <xdr:cNvPr id="246" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>321</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="246" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <xdr:cNvPr id="247" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>322</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="847725" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="247" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <xdr:cNvPr id="248" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>323</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="248" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <xdr:cNvPr id="249" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>324</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="249" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <xdr:cNvPr id="250" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>325</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="847725" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="250" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <xdr:cNvPr id="251" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>327</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="251" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <xdr:cNvPr id="252" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>328</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="752475" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="252" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <xdr:cNvPr id="253" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>329</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="828675" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="253" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <xdr:cNvPr id="254" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>330</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="819150" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <xdr:cNvPr id="255" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>331</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="733425" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="255" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <xdr:cNvPr id="256" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>332</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="256" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <xdr:cNvPr id="257" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>333</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="257" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <xdr:cNvPr id="258" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>334</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="790575" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <xdr:cNvPr id="259" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>335</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="819150" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="259" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <xdr:cNvPr id="260" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>336</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="828675" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="260" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <xdr:cNvPr id="261" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>337</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="261" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <xdr:cNvPr id="262" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>338</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="262" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <xdr:cNvPr id="263" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>340</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="263" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <xdr:cNvPr id="264" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>341</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="264" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <xdr:cNvPr id="265" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>342</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="723900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="265" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <xdr:cNvPr id="266" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>343</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="866775" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="266" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <xdr:cNvPr id="267" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>344</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="485775" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="267" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <xdr:cNvPr id="268" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>345</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="268" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <xdr:cNvPr id="269" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>347</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="269" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
+        <xdr:cNvPr id="270" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>352</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="942975" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="270" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
+        <xdr:cNvPr id="271" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>353</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="809625" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="271" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
+        <xdr:cNvPr id="272" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>358</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="752475" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="272" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
+        <xdr:cNvPr id="273" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>360</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="273" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
+        <xdr:cNvPr id="274" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>361</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="274" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
+        <xdr:cNvPr id="275" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>362</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="733425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="275" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
+        <xdr:cNvPr id="276" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>364</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="733425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="276" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
+        <xdr:cNvPr id="277" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>366</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1114425" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="277" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
+        <xdr:cNvPr id="278" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>367</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="733425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="278" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
+        <xdr:cNvPr id="279" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>369</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="733425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="279" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
+        <xdr:cNvPr id="280" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="733425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="280" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
+        <xdr:cNvPr id="281" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>371</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="619125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="281" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
+        <xdr:cNvPr id="282" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>372</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="619125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="282" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
+        <xdr:cNvPr id="283" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>373</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="283" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
+        <xdr:cNvPr id="284" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>374</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="676275" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="284" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
+        <xdr:cNvPr id="285" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>375</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="838200" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="285" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
+        <xdr:cNvPr id="286" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>376</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="286" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
+        <xdr:cNvPr id="287" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>377</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="819150" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="287" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <xdr:cNvPr id="288" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>378</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="619125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="288" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <xdr:cNvPr id="289" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>379</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="289" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <xdr:cNvPr id="290" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>380</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="290" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <xdr:cNvPr id="291" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>381</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="542925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="291" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <xdr:cNvPr id="292" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>383</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="542925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="292" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <xdr:cNvPr id="293" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>384</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="542925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="293" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <xdr:cNvPr id="294" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>390</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="542925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="294" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <xdr:cNvPr id="295" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>396</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="542925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="295" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
+        <xdr:cNvPr id="296" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>401</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="647700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="296" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
+        <xdr:cNvPr id="297" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>403</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="647700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="297" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
+        <xdr:cNvPr id="298" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>404</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="733425" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="298" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
+        <xdr:cNvPr id="299" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>407</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="299" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
+        <xdr:cNvPr id="300" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>408</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="723900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="300" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
+        <xdr:cNvPr id="301" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>409</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="866775" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="301" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
+        <xdr:cNvPr id="302" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>410</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="485775" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="302" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
+        <xdr:cNvPr id="303" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>411</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="303" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
+        <xdr:cNvPr id="304" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>413</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="419100" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="304" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
+        <xdr:cNvPr id="305" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>414</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="819150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="305" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
+        <xdr:cNvPr id="306" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>415</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="828675" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="306" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <xdr:cNvPr id="307" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>416</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="307" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
+        <xdr:cNvPr id="308" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>417</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="308" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <xdr:cNvPr id="309" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>418</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="309" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <xdr:cNvPr id="310" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>419</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="695325" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="310" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <xdr:cNvPr id="311" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>420</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="704850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="311" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
+        <xdr:cNvPr id="312" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>423</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="704850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="312" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
+        <xdr:cNvPr id="313" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>424</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="676275" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="313" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
+        <xdr:cNvPr id="314" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>430</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="676275" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="314" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
+        <xdr:cNvPr id="315" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>433</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="619125" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="315" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
+        <xdr:cNvPr id="316" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>436</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="800100" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="316" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
+        <xdr:cNvPr id="317" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>437</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="809625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="317" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
+        <xdr:cNvPr id="318" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>438</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="318" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
+        <xdr:cNvPr id="319" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>439</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="319" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
+        <xdr:cNvPr id="320" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>440</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1095375" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="320" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
+        <xdr:cNvPr id="321" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>441</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="321" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
+        <xdr:cNvPr id="322" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>442</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="904875" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="322" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
+        <xdr:cNvPr id="323" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>443</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="704850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="323" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
+        <xdr:cNvPr id="324" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>444</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1038225" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="324" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
+        <xdr:cNvPr id="325" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>445</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="504825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="325" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
+        <xdr:cNvPr id="326" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>446</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="447675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="326" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
+        <xdr:cNvPr id="327" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>447</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1114425" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="327" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
+        <xdr:cNvPr id="328" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>448</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="328" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
+        <xdr:cNvPr id="329" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>449</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="371475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="329" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
+        <xdr:cNvPr id="330" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>450</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="342900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="330" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
+        <xdr:cNvPr id="331" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>451</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="552450" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="331" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
+        <xdr:cNvPr id="332" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>452</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="838200" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="332" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
+        <xdr:cNvPr id="333" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>453</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="838200" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="333" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
+        <xdr:cNvPr id="334" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>454</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="334" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
+        <xdr:cNvPr id="335" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>455</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="933450" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="335" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
+        <xdr:cNvPr id="336" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>456</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="336" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
+        <xdr:cNvPr id="337" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>457</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1000125" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="337" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
+        <xdr:cNvPr id="338" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>458</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="933450" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="338" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
+        <xdr:cNvPr id="339" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>459</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="800100" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="339" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
+        <xdr:cNvPr id="340" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>460</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1000125" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="340" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
+        <xdr:cNvPr id="341" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>461</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="341" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
+        <xdr:cNvPr id="342" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>462</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="342" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
+        <xdr:cNvPr id="343" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>463</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="800100" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="343" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
+        <xdr:cNvPr id="344" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>464</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="781050" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="344" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
+        <xdr:cNvPr id="345" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>465</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="704850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="345" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
+        <xdr:cNvPr id="346" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>466</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="514350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="346" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
+        <xdr:cNvPr id="347" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>467</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="704850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="347" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
+        <xdr:cNvPr id="348" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>468</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1104900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="348" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
+        <xdr:cNvPr id="349" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>470</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="704850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="349" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
+        <xdr:cNvPr id="350" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>471</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="447675" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="350" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
+        <xdr:cNvPr id="351" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>472</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="666750" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="351" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
+        <xdr:cNvPr id="352" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>473</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="352" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
+        <xdr:cNvPr id="353" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>474</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="485775" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="353" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
+        <xdr:cNvPr id="354" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>475</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="723900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="354" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
+        <xdr:cNvPr id="355" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>476</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1114425" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="355" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
+        <xdr:cNvPr id="356" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>477</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1028700" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="356" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
+        <xdr:cNvPr id="357" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>478</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="609600"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="357" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
+        <xdr:cNvPr id="358" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>479</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="628650" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="358" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
+        <xdr:cNvPr id="359" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>480</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="819150" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="359" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
+        <xdr:cNvPr id="360" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>481</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="685800" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="360" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
+        <xdr:cNvPr id="361" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>482</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="809625" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="361" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
+        <xdr:cNvPr id="362" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>483</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="876300" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="362" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
+        <xdr:cNvPr id="363" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>484</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="363" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
+        <xdr:cNvPr id="364" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>485</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1123950" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="364" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
+        <xdr:cNvPr id="365" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>486</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="365" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
+        <xdr:cNvPr id="366" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>487</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="366" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
+        <xdr:cNvPr id="367" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>488</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="876300" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="367" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
+        <xdr:cNvPr id="368" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>489</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="847725" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="368" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
+        <xdr:cNvPr id="369" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>495</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1066800" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="369" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
+        <xdr:cNvPr id="370" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>496</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1123950" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="370" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
+        <xdr:cNvPr id="371" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>497</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1104900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="371" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
+        <xdr:cNvPr id="372" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>498</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1123950" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="372" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
+        <xdr:cNvPr id="373" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>499</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1104900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="373" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
+        <xdr:cNvPr id="374" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>500</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="733425" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="374" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
+        <xdr:cNvPr id="375" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>506</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="828675" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="375" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
+        <xdr:cNvPr id="376" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>507</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="733425" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="376" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
+        <xdr:cNvPr id="377" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>508</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="923925" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="377" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
+        <xdr:cNvPr id="378" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>509</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="914400" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="378" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
+        <xdr:cNvPr id="379" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>510</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="914400" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="379" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
+        <xdr:cNvPr id="380" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>511</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="914400" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="380" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
+        <xdr:cNvPr id="381" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>512</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="381" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
+        <xdr:cNvPr id="382" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>513</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="382" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
+        <xdr:cNvPr id="383" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>514</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="383" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
+        <xdr:cNvPr id="384" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>515</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="384" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
+        <xdr:cNvPr id="385" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>516</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="385" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
+        <xdr:cNvPr id="386" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>517</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="386" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
+        <xdr:cNvPr id="387" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>518</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="387" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
+        <xdr:cNvPr id="388" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>519</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="771525" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="388" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
+        <xdr:cNvPr id="389" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>520</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="389" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
+        <xdr:cNvPr id="390" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>521</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="390" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
+        <xdr:cNvPr id="391" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>522</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="914400" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="391" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
+        <xdr:cNvPr id="392" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>523</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="742950" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="392" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
+        <xdr:cNvPr id="393" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>524</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="393" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
+        <xdr:cNvPr id="394" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>525</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="695325" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="394" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
+        <xdr:cNvPr id="395" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>526</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="981075" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="395" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
+        <xdr:cNvPr id="396" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>527</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="981075" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="396" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
+        <xdr:cNvPr id="397" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>528</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="695325" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="397" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
+        <xdr:cNvPr id="398" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>529</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="800100" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="398" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
+        <xdr:cNvPr id="399" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>532</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="399" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
+        <xdr:cNvPr id="400" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>533</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="400" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
+        <xdr:cNvPr id="401" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>534</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="401" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
+        <xdr:cNvPr id="402" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>535</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="402" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
+        <xdr:cNvPr id="403" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>539</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="403" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
+        <xdr:cNvPr id="404" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>540</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="404" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
+        <xdr:cNvPr id="405" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>541</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1104900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="405" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
+        <xdr:cNvPr id="406" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>542</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="406" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
+        <xdr:cNvPr id="407" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>543</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="407" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
+        <xdr:cNvPr id="408" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>544</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="408" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
+        <xdr:cNvPr id="409" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>548</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="409" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
+        <xdr:cNvPr id="410" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>549</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1104900" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="410" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
+        <xdr:cNvPr id="411" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>550</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="411" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
+        <xdr:cNvPr id="412" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>554</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="412" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
+        <xdr:cNvPr id="413" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>555</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="413" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
+        <xdr:cNvPr id="414" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>556</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1085850" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="414" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
+        <xdr:cNvPr id="415" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>557</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="666750" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="415" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
+        <xdr:cNvPr id="416" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>558</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="514350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="416" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
+        <xdr:cNvPr id="417" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>559</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="417" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
+        <xdr:cNvPr id="418" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>562</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="418" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
+        <xdr:cNvPr id="419" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>567</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="419" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
+        <xdr:cNvPr id="420" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>568</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="420" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
+        <xdr:cNvPr id="421" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>569</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="421" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
+        <xdr:cNvPr id="422" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>574</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="422" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
+        <xdr:cNvPr id="423" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>577</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="423" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
+        <xdr:cNvPr id="424" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>580</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="424" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
+        <xdr:cNvPr id="425" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>583</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="942975" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="425" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
+        <xdr:cNvPr id="426" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>589</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="426" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
+        <xdr:cNvPr id="427" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>590</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="427" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
+        <xdr:cNvPr id="428" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>591</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="428" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
+        <xdr:cNvPr id="429" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>592</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="628650" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="429" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
+        <xdr:cNvPr id="430" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>593</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="619125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="430" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
+        <xdr:cNvPr id="431" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>594</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="431" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
+        <xdr:cNvPr id="432" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>595</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="432" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
+        <xdr:cNvPr id="433" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>596</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="914400" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="433" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
+        <xdr:cNvPr id="434" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>597</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="933450" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="434" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
+        <xdr:cNvPr id="435" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>598</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="435" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
+        <xdr:cNvPr id="436" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId436"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>599</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="981075" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="436" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId436"/>
+        <xdr:cNvPr id="437" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>600</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="437" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437"/>
+        <xdr:cNvPr id="438" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId438"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>601</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="828675" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="438" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId438"/>
+        <xdr:cNvPr id="439" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>602</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="439" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439"/>
+        <xdr:cNvPr id="440" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId440"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>603</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="440" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId440"/>
+        <xdr:cNvPr id="441" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId441"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>604</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="441" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId441"/>
+        <xdr:cNvPr id="442" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId442"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>605</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="442" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId442"/>
+        <xdr:cNvPr id="443" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>611</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="443" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443"/>
+        <xdr:cNvPr id="444" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId444"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>612</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="444" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId444"/>
+        <xdr:cNvPr id="445" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>613</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="445" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445"/>
+        <xdr:cNvPr id="446" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId446"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>616</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="446" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId446"/>
+        <xdr:cNvPr id="447" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>617</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="447" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447"/>
+        <xdr:cNvPr id="448" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId448"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>618</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="971550" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="448" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId448"/>
+        <xdr:cNvPr id="449" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>619</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="523875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="449" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449"/>
+        <xdr:cNvPr id="450" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId450"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>620</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="742950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="450" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId450"/>
+        <xdr:cNvPr id="451" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>621</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="809625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="451" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451"/>
+        <xdr:cNvPr id="452" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId452"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>622</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="895350" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="452" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId452"/>
+        <xdr:cNvPr id="453" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId453"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>623</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="453" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId453"/>
+        <xdr:cNvPr id="454" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId454"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>624</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="704850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="454" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId454"/>
+        <xdr:cNvPr id="455" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>625</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="533400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="455" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455"/>
+        <xdr:cNvPr id="456" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId456"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>626</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="456" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId456"/>
+        <xdr:cNvPr id="457" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId457"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>628</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="876300" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="457" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId457"/>
+        <xdr:cNvPr id="458" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId458"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>630</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="458" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId458"/>
+        <xdr:cNvPr id="459" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>631</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="459" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459"/>
+        <xdr:cNvPr id="460" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>632</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="460" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460"/>
+        <xdr:cNvPr id="461" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId461"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>633</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="657225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="461" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId461"/>
+        <xdr:cNvPr id="462" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId462"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>634</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="981075" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="462" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId462"/>
+        <xdr:cNvPr id="463" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>637</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1066800" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="463" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463"/>
+        <xdr:cNvPr id="464" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId464"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -18551,54 +18581,54 @@
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" customHeight="1" ht="85">
       <c r="A2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F2" s="3">
-        <v>9.5</v>
+        <v>5.7</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9" customHeight="1" ht="85">
       <c r="A3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="3">
         <v>41</v>
       </c>
       <c r="F3" s="3">
         <v>38.13</v>
       </c>
       <c r="G3" s="3"/>
@@ -23574,54 +23604,54 @@
         <v>6</v>
       </c>
       <c r="F202" s="3">
         <v>5.7</v>
       </c>
       <c r="G202" s="3"/>
       <c r="H202" t="s">
         <v>482</v>
       </c>
       <c r="I202" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="203" spans="1:9" customHeight="1" ht="85">
       <c r="A203" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C203" s="1"/>
       <c r="D203" s="1" t="s">
         <v>484</v>
       </c>
       <c r="E203" s="3">
-        <v>9.1</v>
+        <v>1</v>
       </c>
       <c r="F203" s="3">
-        <v>8.65</v>
+        <v>0.95</v>
       </c>
       <c r="G203" s="3"/>
       <c r="H203" t="s">
         <v>18</v>
       </c>
       <c r="I203" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="204" spans="1:9" customHeight="1" ht="85">
       <c r="A204" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C204" s="1"/>
       <c r="D204" s="1" t="s">
         <v>486</v>
       </c>
       <c r="E204" s="3">
         <v>31</v>
       </c>
       <c r="F204" s="3">
         <v>28.52</v>
@@ -25577,951 +25607,951 @@
         <v>7.6</v>
       </c>
       <c r="G282" s="3"/>
       <c r="H282" t="s">
         <v>236</v>
       </c>
       <c r="I282" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="283" spans="1:9" customHeight="1" ht="85">
       <c r="A283" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C283" s="1"/>
       <c r="D283" s="1" t="s">
         <v>648</v>
       </c>
       <c r="E283" s="3">
         <v>13.5</v>
       </c>
       <c r="F283" s="3">
-        <v>12.42</v>
+        <v>13.5</v>
       </c>
       <c r="G283" s="3"/>
       <c r="H283" t="s">
         <v>18</v>
       </c>
       <c r="I283" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="284" spans="1:9" customHeight="1" ht="85">
       <c r="A284" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C284" s="1"/>
       <c r="D284" s="1" t="s">
         <v>650</v>
       </c>
       <c r="E284" s="3">
         <v>8.5</v>
       </c>
       <c r="F284" s="3">
-        <v>7.82</v>
+        <v>8.5</v>
       </c>
       <c r="G284" s="3"/>
       <c r="H284" t="s">
         <v>18</v>
       </c>
       <c r="I284" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="285" spans="1:9" customHeight="1" ht="85">
       <c r="A285" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C285" s="1"/>
       <c r="D285" s="1" t="s">
         <v>652</v>
       </c>
       <c r="E285" s="3">
         <v>7</v>
       </c>
       <c r="F285" s="3">
-        <v>6.44</v>
+        <v>7</v>
       </c>
       <c r="G285" s="3"/>
       <c r="H285" t="s">
         <v>165</v>
       </c>
       <c r="I285" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="286" spans="1:9" customHeight="1" ht="85">
       <c r="A286" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C286" s="1"/>
       <c r="D286" s="1" t="s">
         <v>654</v>
       </c>
       <c r="E286" s="3">
         <v>6.5</v>
       </c>
       <c r="F286" s="3">
-        <v>5.98</v>
+        <v>6.5</v>
       </c>
       <c r="G286" s="3"/>
       <c r="H286" t="s">
         <v>15</v>
       </c>
       <c r="I286" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="287" spans="1:9" customHeight="1" ht="85">
       <c r="A287" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C287" s="1"/>
       <c r="D287" s="1" t="s">
         <v>656</v>
       </c>
       <c r="E287" s="3">
         <v>7</v>
       </c>
       <c r="F287" s="3">
-        <v>6.44</v>
+        <v>7</v>
       </c>
       <c r="G287" s="3"/>
       <c r="H287" t="s">
         <v>15</v>
       </c>
       <c r="I287" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="288" spans="1:9" customHeight="1" ht="85">
       <c r="A288" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C288" s="1"/>
       <c r="D288" s="1" t="s">
         <v>658</v>
       </c>
       <c r="E288" s="3">
         <v>7.5</v>
       </c>
       <c r="F288" s="3">
-        <v>6.9</v>
+        <v>7.5</v>
       </c>
       <c r="G288" s="3"/>
       <c r="H288" t="s">
         <v>15</v>
       </c>
       <c r="I288" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="289" spans="1:9" customHeight="1" ht="85">
       <c r="A289" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C289" s="1"/>
       <c r="D289" s="1" t="s">
         <v>660</v>
       </c>
       <c r="E289" s="3">
         <v>6.5</v>
       </c>
       <c r="F289" s="3">
-        <v>5.98</v>
+        <v>6.5</v>
       </c>
       <c r="G289" s="3"/>
       <c r="H289" t="s">
         <v>15</v>
       </c>
       <c r="I289" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="290" spans="1:9" customHeight="1" ht="85">
       <c r="A290" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C290" s="1"/>
       <c r="D290" s="1" t="s">
         <v>662</v>
       </c>
       <c r="E290" s="3">
         <v>7.5</v>
       </c>
       <c r="F290" s="3">
-        <v>6.9</v>
+        <v>7.5</v>
       </c>
       <c r="G290" s="3"/>
       <c r="H290" t="s">
         <v>15</v>
       </c>
       <c r="I290" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="291" spans="1:9" customHeight="1" ht="85">
       <c r="A291" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C291" s="1"/>
       <c r="D291" s="1" t="s">
         <v>664</v>
       </c>
       <c r="E291" s="3">
         <v>7.5</v>
       </c>
       <c r="F291" s="3">
-        <v>6.9</v>
+        <v>7.5</v>
       </c>
       <c r="G291" s="3"/>
       <c r="H291" t="s">
         <v>15</v>
       </c>
       <c r="I291" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="292" spans="1:9" customHeight="1" ht="85">
       <c r="A292" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C292" s="1"/>
       <c r="D292" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E292" s="3">
         <v>8.5</v>
       </c>
       <c r="F292" s="3">
-        <v>7.82</v>
+        <v>8.5</v>
       </c>
       <c r="G292" s="3"/>
       <c r="H292" t="s">
         <v>15</v>
       </c>
       <c r="I292" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="293" spans="1:9" customHeight="1" ht="85">
       <c r="A293" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C293" s="1"/>
       <c r="D293" s="1" t="s">
         <v>668</v>
       </c>
       <c r="E293" s="3">
         <v>9</v>
       </c>
       <c r="F293" s="3">
-        <v>8.279999999999999</v>
+        <v>9</v>
       </c>
       <c r="G293" s="3"/>
       <c r="H293" t="s">
         <v>22</v>
       </c>
       <c r="I293" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="294" spans="1:9" customHeight="1" ht="85">
       <c r="A294" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C294" s="1"/>
       <c r="D294" s="1" t="s">
         <v>670</v>
       </c>
       <c r="E294" s="3">
         <v>9</v>
       </c>
       <c r="F294" s="3">
-        <v>8.279999999999999</v>
+        <v>9</v>
       </c>
       <c r="G294" s="3"/>
       <c r="H294" t="s">
         <v>22</v>
       </c>
       <c r="I294" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="295" spans="1:9" customHeight="1" ht="85">
       <c r="A295" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C295" s="1"/>
       <c r="D295" s="1" t="s">
         <v>672</v>
       </c>
       <c r="E295" s="3">
         <v>6</v>
       </c>
       <c r="F295" s="3">
-        <v>5.52</v>
+        <v>6</v>
       </c>
       <c r="G295" s="3"/>
       <c r="H295" t="s">
         <v>165</v>
       </c>
       <c r="I295" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="296" spans="1:9" customHeight="1" ht="85">
       <c r="A296" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C296" s="1"/>
       <c r="D296" s="1" t="s">
         <v>674</v>
       </c>
       <c r="E296" s="3">
         <v>6</v>
       </c>
       <c r="F296" s="3">
-        <v>5.52</v>
+        <v>6</v>
       </c>
       <c r="G296" s="3"/>
       <c r="H296" t="s">
         <v>165</v>
       </c>
       <c r="I296" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="297" spans="1:9" customHeight="1" ht="85">
       <c r="A297" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C297" s="1"/>
       <c r="D297" s="1" t="s">
         <v>676</v>
       </c>
       <c r="E297" s="3">
         <v>8</v>
       </c>
       <c r="F297" s="3">
-        <v>7.36</v>
+        <v>8</v>
       </c>
       <c r="G297" s="3"/>
       <c r="H297" t="s">
         <v>18</v>
       </c>
       <c r="I297" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="298" spans="1:9" customHeight="1" ht="85">
       <c r="A298" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C298" s="1"/>
       <c r="D298" s="1" t="s">
         <v>678</v>
       </c>
       <c r="E298" s="3">
         <v>9</v>
       </c>
       <c r="F298" s="3">
-        <v>8.279999999999999</v>
+        <v>9</v>
       </c>
       <c r="G298" s="3"/>
       <c r="H298" t="s">
         <v>18</v>
       </c>
       <c r="I298" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="299" spans="1:9" customHeight="1" ht="85">
       <c r="A299" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C299" s="1"/>
       <c r="D299" s="1" t="s">
         <v>680</v>
       </c>
       <c r="E299" s="3">
         <v>8</v>
       </c>
       <c r="F299" s="3">
-        <v>7.36</v>
+        <v>8</v>
       </c>
       <c r="G299" s="3"/>
       <c r="H299" t="s">
         <v>18</v>
       </c>
       <c r="I299" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="300" spans="1:9" customHeight="1" ht="85">
       <c r="A300" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C300" s="1"/>
       <c r="D300" s="1" t="s">
         <v>682</v>
       </c>
       <c r="E300" s="3">
         <v>6.5</v>
       </c>
       <c r="F300" s="3">
-        <v>5.98</v>
+        <v>6.5</v>
       </c>
       <c r="G300" s="3"/>
       <c r="H300" t="s">
         <v>165</v>
       </c>
       <c r="I300" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="301" spans="1:9" customHeight="1" ht="85">
       <c r="A301" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C301" s="1"/>
       <c r="D301" s="1" t="s">
         <v>684</v>
       </c>
       <c r="E301" s="3">
         <v>5.5</v>
       </c>
       <c r="F301" s="3">
-        <v>5.06</v>
+        <v>5.5</v>
       </c>
       <c r="G301" s="3"/>
       <c r="H301" t="s">
         <v>165</v>
       </c>
       <c r="I301" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="302" spans="1:9" customHeight="1" ht="85">
       <c r="A302" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C302" s="1"/>
       <c r="D302" s="1" t="s">
         <v>686</v>
       </c>
       <c r="E302" s="3">
         <v>6</v>
       </c>
       <c r="F302" s="3">
-        <v>5.52</v>
+        <v>6</v>
       </c>
       <c r="G302" s="3"/>
       <c r="H302" t="s">
         <v>165</v>
       </c>
       <c r="I302" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="303" spans="1:9" customHeight="1" ht="85">
       <c r="A303" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C303" s="1"/>
       <c r="D303" s="1" t="s">
         <v>688</v>
       </c>
       <c r="E303" s="3">
         <v>5</v>
       </c>
       <c r="F303" s="3">
-        <v>4.6</v>
+        <v>5</v>
       </c>
       <c r="G303" s="3"/>
       <c r="H303" t="s">
         <v>165</v>
       </c>
       <c r="I303" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="304" spans="1:9" customHeight="1" ht="85">
       <c r="A304" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C304" s="1"/>
       <c r="D304" s="1" t="s">
         <v>690</v>
       </c>
       <c r="E304" s="3">
         <v>8</v>
       </c>
       <c r="F304" s="3">
-        <v>7.36</v>
+        <v>8</v>
       </c>
       <c r="G304" s="3"/>
       <c r="H304" t="s">
         <v>18</v>
       </c>
       <c r="I304" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="305" spans="1:9" customHeight="1" ht="85">
       <c r="A305" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C305" s="1"/>
       <c r="D305" s="1" t="s">
         <v>692</v>
       </c>
       <c r="E305" s="3">
         <v>7.5</v>
       </c>
       <c r="F305" s="3">
-        <v>6.9</v>
+        <v>7.5</v>
       </c>
       <c r="G305" s="3"/>
       <c r="H305" t="s">
         <v>18</v>
       </c>
       <c r="I305" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="306" spans="1:9" customHeight="1" ht="85">
       <c r="A306" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C306" s="1"/>
       <c r="D306" s="1" t="s">
         <v>694</v>
       </c>
       <c r="E306" s="3">
         <v>7</v>
       </c>
       <c r="F306" s="3">
-        <v>6.44</v>
+        <v>7</v>
       </c>
       <c r="G306" s="3"/>
       <c r="H306" t="s">
         <v>18</v>
       </c>
       <c r="I306" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="307" spans="1:9" customHeight="1" ht="85">
       <c r="A307" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C307" s="1"/>
       <c r="D307" s="1" t="s">
         <v>479</v>
       </c>
       <c r="E307" s="3">
         <v>9.5</v>
       </c>
       <c r="F307" s="3">
-        <v>8.74</v>
+        <v>9.5</v>
       </c>
       <c r="G307" s="3"/>
       <c r="H307" t="s">
         <v>22</v>
       </c>
       <c r="I307" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="308" spans="1:9" customHeight="1" ht="85">
       <c r="A308" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C308" s="1"/>
       <c r="D308" s="1" t="s">
         <v>697</v>
       </c>
       <c r="E308" s="3">
         <v>8.5</v>
       </c>
       <c r="F308" s="3">
-        <v>7.82</v>
+        <v>8.5</v>
       </c>
       <c r="G308" s="3"/>
       <c r="H308" t="s">
         <v>22</v>
       </c>
       <c r="I308" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="309" spans="1:9" customHeight="1" ht="85">
       <c r="A309" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C309" s="1"/>
       <c r="D309" s="1" t="s">
         <v>699</v>
       </c>
       <c r="E309" s="3">
         <v>9</v>
       </c>
       <c r="F309" s="3">
-        <v>8.279999999999999</v>
+        <v>9</v>
       </c>
       <c r="G309" s="3"/>
       <c r="H309" t="s">
         <v>22</v>
       </c>
       <c r="I309" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="310" spans="1:9" customHeight="1" ht="85">
       <c r="A310" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C310" s="1"/>
       <c r="D310" s="1" t="s">
         <v>701</v>
       </c>
       <c r="E310" s="3">
         <v>8</v>
       </c>
       <c r="F310" s="3">
-        <v>7.36</v>
+        <v>8</v>
       </c>
       <c r="G310" s="3"/>
       <c r="H310" t="s">
         <v>22</v>
       </c>
       <c r="I310" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="311" spans="1:9" customHeight="1" ht="85">
       <c r="A311" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C311" s="1"/>
       <c r="D311" s="1" t="s">
         <v>468</v>
       </c>
       <c r="E311" s="3">
         <v>8</v>
       </c>
       <c r="F311" s="3">
-        <v>7.36</v>
+        <v>8</v>
       </c>
       <c r="G311" s="3"/>
       <c r="H311" t="s">
         <v>15</v>
       </c>
       <c r="I311" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="312" spans="1:9" customHeight="1" ht="85">
       <c r="A312" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C312" s="1"/>
       <c r="D312" s="1" t="s">
         <v>704</v>
       </c>
       <c r="E312" s="3">
         <v>10</v>
       </c>
       <c r="F312" s="3">
-        <v>9.199999999999999</v>
+        <v>10</v>
       </c>
       <c r="G312" s="3"/>
       <c r="H312" t="s">
         <v>22</v>
       </c>
       <c r="I312" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="313" spans="1:9" customHeight="1" ht="85">
       <c r="A313" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C313" s="1"/>
       <c r="D313" s="1" t="s">
         <v>706</v>
       </c>
       <c r="E313" s="3">
         <v>7</v>
       </c>
       <c r="F313" s="3">
-        <v>6.44</v>
+        <v>7</v>
       </c>
       <c r="G313" s="3"/>
       <c r="H313" t="s">
         <v>15</v>
       </c>
       <c r="I313" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="314" spans="1:9" customHeight="1" ht="85">
       <c r="A314" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C314" s="1"/>
       <c r="D314" s="1" t="s">
         <v>708</v>
       </c>
       <c r="E314" s="3">
         <v>8</v>
       </c>
       <c r="F314" s="3">
-        <v>7.36</v>
+        <v>8</v>
       </c>
       <c r="G314" s="3"/>
       <c r="H314" t="s">
         <v>22</v>
       </c>
       <c r="I314" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="315" spans="1:9" customHeight="1" ht="85">
       <c r="A315" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C315" s="1"/>
       <c r="D315" s="1" t="s">
         <v>710</v>
       </c>
       <c r="E315" s="3">
         <v>8.5</v>
       </c>
       <c r="F315" s="3">
-        <v>7.82</v>
+        <v>8.5</v>
       </c>
       <c r="G315" s="3"/>
       <c r="H315" t="s">
         <v>22</v>
       </c>
       <c r="I315" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="316" spans="1:9" customHeight="1" ht="85">
       <c r="A316" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C316" s="1"/>
       <c r="D316" s="1" t="s">
         <v>712</v>
       </c>
       <c r="E316" s="3">
         <v>7</v>
       </c>
       <c r="F316" s="3">
-        <v>6.44</v>
+        <v>7</v>
       </c>
       <c r="G316" s="3"/>
       <c r="H316" t="s">
         <v>18</v>
       </c>
       <c r="I316" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="317" spans="1:9" customHeight="1" ht="85">
       <c r="A317" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C317" s="1"/>
       <c r="D317" s="1" t="s">
         <v>714</v>
       </c>
       <c r="E317" s="3">
         <v>7.5</v>
       </c>
       <c r="F317" s="3">
-        <v>6.9</v>
+        <v>7.5</v>
       </c>
       <c r="G317" s="3"/>
       <c r="H317" t="s">
         <v>18</v>
       </c>
       <c r="I317" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="318" spans="1:9" customHeight="1" ht="85">
       <c r="A318" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C318" s="1"/>
       <c r="D318" s="1" t="s">
         <v>716</v>
       </c>
       <c r="E318" s="3">
         <v>5</v>
       </c>
       <c r="F318" s="3">
-        <v>4.6</v>
+        <v>5</v>
       </c>
       <c r="G318" s="3"/>
       <c r="H318" t="s">
         <v>165</v>
       </c>
       <c r="I318" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="319" spans="1:9" customHeight="1" ht="85">
       <c r="A319" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C319" s="1"/>
       <c r="D319" s="1" t="s">
         <v>718</v>
       </c>
       <c r="E319" s="3">
         <v>5.5</v>
       </c>
       <c r="F319" s="3">
-        <v>5.06</v>
+        <v>5.5</v>
       </c>
       <c r="G319" s="3"/>
       <c r="H319" t="s">
         <v>165</v>
       </c>
       <c r="I319" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="320" spans="1:9" customHeight="1" ht="85">
       <c r="A320" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C320" s="1"/>
       <c r="D320" s="1" t="s">
         <v>721</v>
       </c>
       <c r="E320" s="3">
         <v>22</v>
       </c>
       <c r="F320" s="3">
         <v>20.9</v>